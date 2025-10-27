--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -7,179 +7,186 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Finansu_planosanas_nodala\Gunita\Pārskati_2025_LAB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F9921FC4-06DF-404B-BC54-D7807C22D04D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61210F98-CBB0-4115-971F-6C114789E48F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="3" activeTab="3" xr2:uid="{030120BA-AC3E-4D7C-85A7-5E489EE5873A}"/>
   </bookViews>
   <sheets>
     <sheet name="1.cet_izmekl" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="2.cet_izmekl" sheetId="18" state="hidden" r:id="rId2"/>
     <sheet name="3.cet_izmekl" sheetId="24" state="hidden" r:id="rId3"/>
-    <sheet name="2025_7" sheetId="46" r:id="rId4"/>
+    <sheet name="mājas lapai" sheetId="51" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2.cet_izmekl'!$A$4:$M$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'2025_7'!$A$6:$J$85</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'3.cet_izmekl'!$A$4:$O$4</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'mājas lapai'!$A$6:$J$92</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I6" i="46" l="1"/>
-[...83 lines deleted...]
-  <c r="L3" i="24" l="1"/>
+  <c r="J86" i="51" l="1"/>
+  <c r="J87" i="51"/>
+  <c r="J88" i="51"/>
+  <c r="J89" i="51"/>
+  <c r="J90" i="51"/>
+  <c r="J91" i="51"/>
+  <c r="J92" i="51"/>
+  <c r="G6" i="51"/>
+  <c r="H6" i="51"/>
+  <c r="I6" i="51"/>
+  <c r="F6" i="51"/>
+  <c r="J85" i="51"/>
+  <c r="J84" i="51"/>
+  <c r="J83" i="51"/>
+  <c r="J82" i="51"/>
+  <c r="J81" i="51"/>
+  <c r="J80" i="51"/>
+  <c r="J79" i="51"/>
+  <c r="J78" i="51"/>
+  <c r="J77" i="51"/>
+  <c r="J76" i="51"/>
+  <c r="J75" i="51"/>
+  <c r="J74" i="51"/>
+  <c r="J73" i="51"/>
+  <c r="J72" i="51"/>
+  <c r="J71" i="51"/>
+  <c r="J70" i="51"/>
+  <c r="J69" i="51"/>
+  <c r="J68" i="51"/>
+  <c r="J67" i="51"/>
+  <c r="J66" i="51"/>
+  <c r="J65" i="51"/>
+  <c r="J64" i="51"/>
+  <c r="J63" i="51"/>
+  <c r="J62" i="51"/>
+  <c r="J61" i="51"/>
+  <c r="J60" i="51"/>
+  <c r="J59" i="51"/>
+  <c r="J58" i="51"/>
+  <c r="J57" i="51"/>
+  <c r="J56" i="51"/>
+  <c r="J55" i="51"/>
+  <c r="J54" i="51"/>
+  <c r="J53" i="51"/>
+  <c r="J52" i="51"/>
+  <c r="J51" i="51"/>
+  <c r="J50" i="51"/>
+  <c r="J49" i="51"/>
+  <c r="J48" i="51"/>
+  <c r="J47" i="51"/>
+  <c r="J46" i="51"/>
+  <c r="J45" i="51"/>
+  <c r="J44" i="51"/>
+  <c r="J43" i="51"/>
+  <c r="J42" i="51"/>
+  <c r="J41" i="51"/>
+  <c r="J40" i="51"/>
+  <c r="J39" i="51"/>
+  <c r="J38" i="51"/>
+  <c r="J37" i="51"/>
+  <c r="J36" i="51"/>
+  <c r="J35" i="51"/>
+  <c r="J34" i="51"/>
+  <c r="J33" i="51"/>
+  <c r="J32" i="51"/>
+  <c r="J31" i="51"/>
+  <c r="J30" i="51"/>
+  <c r="J29" i="51"/>
+  <c r="J28" i="51"/>
+  <c r="J27" i="51"/>
+  <c r="J26" i="51"/>
+  <c r="J25" i="51"/>
+  <c r="J24" i="51"/>
+  <c r="J23" i="51"/>
+  <c r="J22" i="51"/>
+  <c r="J21" i="51"/>
+  <c r="J20" i="51"/>
+  <c r="J19" i="51"/>
+  <c r="J18" i="51"/>
+  <c r="J17" i="51"/>
+  <c r="J16" i="51"/>
+  <c r="J15" i="51"/>
+  <c r="J14" i="51"/>
+  <c r="J13" i="51"/>
+  <c r="J12" i="51"/>
+  <c r="J11" i="51"/>
+  <c r="J10" i="51"/>
+  <c r="J9" i="51"/>
+  <c r="J8" i="51"/>
+  <c r="J7" i="51"/>
+  <c r="J6" i="51" l="1"/>
+  <c r="L3" i="24"/>
   <c r="O6" i="24"/>
   <c r="O7" i="24"/>
   <c r="O8" i="24"/>
   <c r="O9" i="24"/>
   <c r="O10" i="24"/>
   <c r="O11" i="24"/>
   <c r="O12" i="24"/>
   <c r="O13" i="24"/>
   <c r="O14" i="24"/>
   <c r="O15" i="24"/>
   <c r="O16" i="24"/>
   <c r="O17" i="24"/>
   <c r="O18" i="24"/>
   <c r="O19" i="24"/>
   <c r="O20" i="24"/>
   <c r="O21" i="24"/>
   <c r="O22" i="24"/>
   <c r="O23" i="24"/>
   <c r="O24" i="24"/>
   <c r="O25" i="24"/>
   <c r="O26" i="24"/>
   <c r="O27" i="24"/>
   <c r="O28" i="24"/>
   <c r="O29" i="24"/>
   <c r="O30" i="24"/>
@@ -476,51 +483,51 @@
   <c r="M28" i="13"/>
   <c r="M29" i="13"/>
   <c r="M30" i="13"/>
   <c r="M31" i="13"/>
   <c r="M32" i="13"/>
   <c r="M33" i="13"/>
   <c r="M34" i="13"/>
   <c r="M35" i="13"/>
   <c r="M36" i="13"/>
   <c r="M37" i="13"/>
   <c r="M38" i="13"/>
   <c r="M39" i="13"/>
   <c r="M40" i="13"/>
   <c r="M41" i="13"/>
   <c r="M42" i="13"/>
   <c r="M43" i="13"/>
   <c r="M44" i="13"/>
   <c r="M45" i="13"/>
   <c r="M46" i="13"/>
   <c r="M47" i="13"/>
   <c r="M48" i="13"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1274" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1302" uniqueCount="211">
   <si>
     <t>Laboratorisko pakalpojumu izmeklējumu skaits pa rēķinu veidiem</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Pārskata periods: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>2023. gada   1.janvāris - 31.marts</t>
     </r>
   </si>
   <si>
     <t>TN Nosaukums (pakalpojuma sniedzēja)</t>
   </si>
   <si>
     <t>ĀI kods (pakalpojumu sniedzēja)</t>
   </si>
   <si>
@@ -1105,152 +1112,101 @@
   <si>
     <t>Ārstniecības iestādes nosaukums</t>
   </si>
   <si>
     <t>Pakalpojuma programmas kods</t>
   </si>
   <si>
     <t>Pakalpojuma programmas nosaukums</t>
   </si>
   <si>
     <t>Veiktais darbs līguma ietvaros, EUR</t>
   </si>
   <si>
     <t>AP136</t>
   </si>
   <si>
     <t>Laboratorijas pakalpojumi uzņemšanas nodaļā</t>
   </si>
   <si>
     <t>AP71</t>
   </si>
   <si>
     <t>References laboratorijas pakalpojumi</t>
   </si>
   <si>
+    <t>Traumatoloģijas un ortopēdijas slimnīca, Valsts sabiedrība ar ierobežotu atbildību</t>
+  </si>
+  <si>
     <t>Reto slimību laboratoriskā diagnostika</t>
   </si>
   <si>
     <t>Nacionālais psihiskās veselības centrs, Valsts SIA</t>
   </si>
   <si>
-    <t xml:space="preserve">Līguma summa gadam, EUR </t>
-[...65 lines deleted...]
-    <t>Ogres rajona slimnīca, SIA</t>
+    <t>AP82</t>
+  </si>
+  <si>
+    <t>Covid-19 laboratorijas pakalpojumi</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Pārskata periods: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
-      <t>2025. gada   1.janvāris - 31.jūlijs</t>
+      <t>2025. gada  1.janvāris - 31.augusts</t>
     </r>
   </si>
   <si>
-    <t>Aizkraukles slimnīca, SIA</t>
+    <t xml:space="preserve">Līguma summa gadam, EUR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Līguma summa pārskata periodam, EUR </t>
+  </si>
+  <si>
+    <t>Veiktais darbs, EUR</t>
+  </si>
+  <si>
+    <t>Līguma izpilde "+"pārstrāde, "-" neizpilde, EUR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;\ _€_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
+    <numFmt numFmtId="166" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
@@ -1370,56 +1326,50 @@
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1470,56 +1420,55 @@
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1605,91 +1554,90 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="20" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="5">
+  <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 10" xfId="4" xr:uid="{EF8C3B7A-C378-4E46-815A-F1E4418893CD}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{010B7527-76E2-4CA2-9C53-10BEE26FA434}"/>
     <cellStyle name="Normal 2 2" xfId="2" xr:uid="{C0AE1453-1E71-4B7C-88EC-5A7ACE1DA09D}"/>
     <cellStyle name="Normal 2 2 2" xfId="3" xr:uid="{8FF36315-D5A8-4A59-8BED-6D88E6768FA5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
@@ -9447,2818 +9395,3055 @@
       <c r="M75" s="10">
         <f t="shared" si="2"/>
         <v>93752</v>
       </c>
       <c r="N75" s="10">
         <v>93776</v>
       </c>
       <c r="O75" s="10" t="b">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A4:O75" xr:uid="{32CDB7BE-F42D-4DC2-BE2B-9606160F3664}">
     <filterColumn colId="3">
       <filters>
         <filter val="AP53"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69DA0D7D-C5FA-4C6C-ABEA-E8A45A8205ED}">
-  <dimension ref="A1:J85"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8ADD8ADC-966D-44F9-8958-890FF27E2585}">
+  <dimension ref="A1:J92"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="I12" sqref="I12"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H17" sqref="H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.5546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.44140625" style="1" customWidth="1"/>
-    <col min="3" max="3" width="35.33203125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="42.6640625" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.77734375" style="2" customWidth="1"/>
-    <col min="5" max="5" width="44.109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="41.109375" style="2" customWidth="1"/>
     <col min="6" max="7" width="11.77734375" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.6640625" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.77734375" style="1" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="11.77734375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.21875" style="1" customWidth="1"/>
     <col min="11" max="16384" width="10.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="69" t="s">
         <v>190</v>
       </c>
       <c r="B1" s="69"/>
       <c r="C1" s="69"/>
       <c r="D1" s="69"/>
       <c r="E1" s="69"/>
       <c r="F1" s="69"/>
       <c r="G1" s="69"/>
       <c r="H1" s="69"/>
       <c r="I1" s="69"/>
       <c r="J1" s="69"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="63"/>
+      <c r="F2" s="57"/>
       <c r="G2" s="1"/>
     </row>
     <row r="3" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>226</v>
+        <v>206</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="43"/>
       <c r="I3" s="43"/>
     </row>
     <row r="4" spans="1:10" ht="81" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="57" t="s">
+      <c r="A4" s="58" t="s">
         <v>191</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="58" t="s">
         <v>192</v>
       </c>
-      <c r="C4" s="57" t="s">
+      <c r="C4" s="58" t="s">
         <v>193</v>
       </c>
-      <c r="D4" s="57" t="s">
+      <c r="D4" s="58" t="s">
         <v>194</v>
       </c>
-      <c r="E4" s="57" t="s">
+      <c r="E4" s="58" t="s">
         <v>195</v>
       </c>
-      <c r="F4" s="58" t="s">
-[...8 lines deleted...]
-      <c r="I4" s="58" t="s">
+      <c r="F4" s="59" t="s">
+        <v>207</v>
+      </c>
+      <c r="G4" s="59" t="s">
+        <v>208</v>
+      </c>
+      <c r="H4" s="59" t="s">
+        <v>209</v>
+      </c>
+      <c r="I4" s="59" t="s">
         <v>196</v>
       </c>
-      <c r="J4" s="58" t="s">
-        <v>206</v>
+      <c r="J4" s="59" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="7"/>
     </row>
     <row r="6" spans="1:10" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A6" s="59" t="s">
+      <c r="A6" s="60" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="59"/>
-[...21 lines deleted...]
-        <v>1349039.5799999982</v>
+      <c r="B6" s="60"/>
+      <c r="C6" s="60"/>
+      <c r="D6" s="60"/>
+      <c r="E6" s="60"/>
+      <c r="F6" s="61">
+        <f>SUM(F7:F92)</f>
+        <v>60000215</v>
+      </c>
+      <c r="G6" s="61">
+        <f t="shared" ref="G6:J6" si="0">SUM(G7:G92)</f>
+        <v>40779536</v>
+      </c>
+      <c r="H6" s="61">
+        <f t="shared" si="0"/>
+        <v>41772349.49000001</v>
+      </c>
+      <c r="I6" s="61">
+        <f t="shared" si="0"/>
+        <v>39838407.390000008</v>
+      </c>
+      <c r="J6" s="61">
+        <f t="shared" si="0"/>
+        <v>992813.49000000057</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="8" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="47" t="s">
         <v>124</v>
       </c>
       <c r="B7" s="48">
         <v>170020401</v>
       </c>
       <c r="C7" s="50" t="s">
-        <v>207</v>
+        <v>126</v>
       </c>
       <c r="D7" s="51" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="50" t="s">
         <v>25</v>
       </c>
-      <c r="F7" s="61">
+      <c r="F7" s="62">
         <v>51039</v>
       </c>
-      <c r="G7" s="61">
-[...8 lines deleted...]
-      <c r="J7" s="62">
+      <c r="G7" s="62">
+        <v>36973</v>
+      </c>
+      <c r="H7" s="62">
+        <v>37321.99</v>
+      </c>
+      <c r="I7" s="62">
+        <v>36964.550000000003</v>
+      </c>
+      <c r="J7" s="63">
         <f>H7-G7</f>
-        <v>1024.9800000000032</v>
+        <v>348.98999999999796</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="47" t="s">
         <v>124</v>
       </c>
       <c r="B8" s="48">
         <v>270020302</v>
       </c>
       <c r="C8" s="50" t="s">
         <v>129</v>
       </c>
       <c r="D8" s="51" t="s">
         <v>152</v>
       </c>
       <c r="E8" s="50" t="s">
         <v>153</v>
       </c>
-      <c r="F8" s="61">
+      <c r="F8" s="62">
         <v>5610</v>
       </c>
-      <c r="G8" s="61">
-[...10 lines deleted...]
-        <v>125.4699999999998</v>
+      <c r="G8" s="62">
+        <v>3873</v>
+      </c>
+      <c r="H8" s="62">
+        <v>4008.67</v>
+      </c>
+      <c r="I8" s="62">
+        <v>3872.89</v>
+      </c>
+      <c r="J8" s="63">
+        <f t="shared" ref="J8:J71" si="1">H8-G8</f>
+        <v>135.67000000000007</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
         <v>124</v>
       </c>
       <c r="B9" s="45">
         <v>270020302</v>
       </c>
       <c r="C9" s="50" t="s">
         <v>129</v>
       </c>
       <c r="D9" s="52" t="s">
         <v>197</v>
       </c>
       <c r="E9" s="50" t="s">
         <v>198</v>
       </c>
-      <c r="F9" s="61">
+      <c r="F9" s="62">
         <v>129082</v>
       </c>
-      <c r="G9" s="61">
-[...10 lines deleted...]
-        <v>6920.1499999999942</v>
+      <c r="G9" s="62">
+        <v>98937</v>
+      </c>
+      <c r="H9" s="62">
+        <v>111399.03</v>
+      </c>
+      <c r="I9" s="62">
+        <v>98936.599999999991</v>
+      </c>
+      <c r="J9" s="63">
+        <f t="shared" si="1"/>
+        <v>12462.029999999999</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="47" t="s">
         <v>124</v>
       </c>
       <c r="B10" s="48">
         <v>270020302</v>
       </c>
       <c r="C10" s="50" t="s">
         <v>129</v>
       </c>
       <c r="D10" s="50" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="F10" s="61">
+      <c r="F10" s="62">
         <v>333117</v>
       </c>
-      <c r="G10" s="61">
-[...10 lines deleted...]
-        <v>13054.290000000008</v>
+      <c r="G10" s="62">
+        <v>223633</v>
+      </c>
+      <c r="H10" s="62">
+        <v>232698.82</v>
+      </c>
+      <c r="I10" s="62">
+        <v>223632.84999999998</v>
+      </c>
+      <c r="J10" s="63">
+        <f t="shared" si="1"/>
+        <v>9065.820000000007</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="47" t="s">
         <v>124</v>
       </c>
       <c r="B11" s="48">
-        <v>900200046</v>
+        <v>270020302</v>
       </c>
       <c r="C11" s="50" t="s">
-        <v>208</v>
+        <v>129</v>
       </c>
       <c r="D11" s="50" t="s">
-        <v>152</v>
+        <v>204</v>
       </c>
       <c r="E11" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>278.27999999999997</v>
+        <v>205</v>
+      </c>
+      <c r="F11" s="62">
+        <v>220</v>
+      </c>
+      <c r="G11" s="62">
+        <v>44</v>
+      </c>
+      <c r="H11" s="62">
+        <v>49.8</v>
+      </c>
+      <c r="I11" s="62">
+        <v>39.840000000000003</v>
+      </c>
+      <c r="J11" s="63">
+        <f t="shared" si="1"/>
+        <v>5.7999999999999972</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>124</v>
       </c>
       <c r="B12" s="45">
         <v>900200046</v>
       </c>
       <c r="C12" s="50" t="s">
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="D12" s="52" t="s">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="E12" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>2545.0499999999993</v>
+        <v>153</v>
+      </c>
+      <c r="F12" s="62">
+        <v>1736</v>
+      </c>
+      <c r="G12" s="62">
+        <v>1736</v>
+      </c>
+      <c r="H12" s="62">
+        <v>2014.28</v>
+      </c>
+      <c r="I12" s="62">
+        <v>1734.97</v>
+      </c>
+      <c r="J12" s="63">
+        <f t="shared" si="1"/>
+        <v>278.27999999999997</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="47" t="s">
         <v>124</v>
       </c>
       <c r="B13" s="48">
         <v>900200046</v>
       </c>
       <c r="C13" s="50" t="s">
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="D13" s="47" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="E13" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>-3850.76</v>
+        <v>198</v>
+      </c>
+      <c r="F13" s="62">
+        <v>11292</v>
+      </c>
+      <c r="G13" s="62">
+        <v>11292</v>
+      </c>
+      <c r="H13" s="62">
+        <v>13837.05</v>
+      </c>
+      <c r="I13" s="62">
+        <v>11291.88</v>
+      </c>
+      <c r="J13" s="63">
+        <f t="shared" si="1"/>
+        <v>2545.0499999999993</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="47" t="s">
         <v>124</v>
       </c>
       <c r="B14" s="48">
         <v>900200046</v>
       </c>
       <c r="C14" s="50" t="s">
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="D14" s="47" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E14" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>3293.8000000000029</v>
+        <v>25</v>
+      </c>
+      <c r="F14" s="62">
+        <v>130</v>
+      </c>
+      <c r="G14" s="62">
+        <v>3980</v>
+      </c>
+      <c r="H14" s="62">
+        <v>129.24</v>
+      </c>
+      <c r="I14" s="62">
+        <v>129.24</v>
+      </c>
+      <c r="J14" s="63">
+        <f t="shared" si="1"/>
+        <v>-3850.76</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="47" t="s">
-        <v>110</v>
+        <v>124</v>
       </c>
       <c r="B15" s="48">
-        <v>50020401</v>
+        <v>900200046</v>
       </c>
       <c r="C15" s="50" t="s">
-        <v>209</v>
+        <v>135</v>
       </c>
       <c r="D15" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E15" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>-494.81999999999971</v>
+        <v>20</v>
+      </c>
+      <c r="F15" s="62">
+        <v>57124</v>
+      </c>
+      <c r="G15" s="62">
+        <v>57124</v>
+      </c>
+      <c r="H15" s="62">
+        <v>60417.8</v>
+      </c>
+      <c r="I15" s="62">
+        <v>57123.4</v>
+      </c>
+      <c r="J15" s="63">
+        <f t="shared" si="1"/>
+        <v>3293.8000000000029</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B16" s="48">
         <v>50020401</v>
       </c>
       <c r="C16" s="50" t="s">
-        <v>209</v>
+        <v>112</v>
       </c>
       <c r="D16" s="47" t="s">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="E16" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>9281.2399999999907</v>
+        <v>153</v>
+      </c>
+      <c r="F16" s="62">
+        <v>30489</v>
+      </c>
+      <c r="G16" s="62">
+        <v>18963</v>
+      </c>
+      <c r="H16" s="62">
+        <v>17622.330000000002</v>
+      </c>
+      <c r="I16" s="62">
+        <v>17622.330000000002</v>
+      </c>
+      <c r="J16" s="63">
+        <f t="shared" si="1"/>
+        <v>-1340.6699999999983</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>110</v>
       </c>
       <c r="B17" s="45">
         <v>50020401</v>
       </c>
       <c r="C17" s="50" t="s">
-        <v>209</v>
+        <v>112</v>
       </c>
       <c r="D17" s="52" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="E17" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>-7934.7599999999948</v>
+        <v>198</v>
+      </c>
+      <c r="F17" s="62">
+        <v>260078</v>
+      </c>
+      <c r="G17" s="62">
+        <v>193595</v>
+      </c>
+      <c r="H17" s="62">
+        <v>212736.8</v>
+      </c>
+      <c r="I17" s="62">
+        <v>212736.8</v>
+      </c>
+      <c r="J17" s="63">
+        <f t="shared" si="1"/>
+        <v>19141.799999999988</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B18" s="48">
         <v>50020401</v>
       </c>
       <c r="C18" s="50" t="s">
-        <v>209</v>
+        <v>112</v>
       </c>
       <c r="D18" s="47" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E18" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-4009.2900000000081</v>
+        <v>25</v>
+      </c>
+      <c r="F18" s="62">
+        <v>143184</v>
+      </c>
+      <c r="G18" s="62">
+        <v>95456</v>
+      </c>
+      <c r="H18" s="62">
+        <v>85239.27</v>
+      </c>
+      <c r="I18" s="62">
+        <v>85239.27</v>
+      </c>
+      <c r="J18" s="63">
+        <f t="shared" si="1"/>
+        <v>-10216.729999999996</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B19" s="48">
-        <v>50043801</v>
+        <v>50020401</v>
       </c>
       <c r="C19" s="50" t="s">
-        <v>210</v>
+        <v>112</v>
       </c>
       <c r="D19" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="F19" s="61">
-[...13 lines deleted...]
-        <v>-3094.4399999999987</v>
+      <c r="F19" s="62">
+        <v>239434</v>
+      </c>
+      <c r="G19" s="62">
+        <v>159354</v>
+      </c>
+      <c r="H19" s="62">
+        <v>152358.82999999999</v>
+      </c>
+      <c r="I19" s="62">
+        <v>152358.82999999999</v>
+      </c>
+      <c r="J19" s="63">
+        <f t="shared" si="1"/>
+        <v>-6995.1700000000128</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B20" s="48">
-        <v>210020301</v>
+        <v>50020401</v>
       </c>
       <c r="C20" s="50" t="s">
-        <v>211</v>
+        <v>112</v>
       </c>
       <c r="D20" s="47" t="s">
-        <v>24</v>
+        <v>204</v>
       </c>
       <c r="E20" s="50" t="s">
-        <v>25</v>
-[...18 lines deleted...]
-    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+        <v>205</v>
+      </c>
+      <c r="F20" s="62">
+        <v>6855</v>
+      </c>
+      <c r="G20" s="62">
+        <v>2287</v>
+      </c>
+      <c r="H20" s="62">
+        <v>225.45</v>
+      </c>
+      <c r="I20" s="62">
+        <v>225.45</v>
+      </c>
+      <c r="J20" s="63">
+        <f t="shared" si="1"/>
+        <v>-2061.5500000000002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A21" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B21" s="48">
-        <v>680200030</v>
+        <v>50043801</v>
       </c>
       <c r="C21" s="50" t="s">
-        <v>212</v>
+        <v>116</v>
       </c>
       <c r="D21" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E21" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>144.26000000000022</v>
+        <v>20</v>
+      </c>
+      <c r="F21" s="62">
+        <v>40789</v>
+      </c>
+      <c r="G21" s="62">
+        <v>27192</v>
+      </c>
+      <c r="H21" s="62">
+        <v>23193.78</v>
+      </c>
+      <c r="I21" s="62">
+        <v>23193.780000000002</v>
+      </c>
+      <c r="J21" s="63">
+        <f t="shared" si="1"/>
+        <v>-3998.2200000000012</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B22" s="48">
-        <v>680200030</v>
+        <v>210020301</v>
       </c>
       <c r="C22" s="50" t="s">
-        <v>212</v>
+        <v>119</v>
       </c>
       <c r="D22" s="47" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E22" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-7760.8399999999965</v>
+        <v>25</v>
+      </c>
+      <c r="F22" s="62">
+        <v>118152</v>
+      </c>
+      <c r="G22" s="62">
+        <v>78768</v>
+      </c>
+      <c r="H22" s="62">
+        <v>71007.850000000006</v>
+      </c>
+      <c r="I22" s="62">
+        <v>71007.849999999991</v>
+      </c>
+      <c r="J22" s="63">
+        <f t="shared" si="1"/>
+        <v>-7760.1499999999942</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="47" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="48">
         <v>680200030</v>
       </c>
       <c r="C23" s="50" t="s">
-        <v>212</v>
+        <v>122</v>
       </c>
       <c r="D23" s="47" t="s">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="E23" s="50" t="s">
-        <v>198</v>
-[...18 lines deleted...]
-    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+      <c r="F23" s="62">
+        <v>7432</v>
+      </c>
+      <c r="G23" s="62">
+        <v>5402</v>
+      </c>
+      <c r="H23" s="62">
+        <v>5513.16</v>
+      </c>
+      <c r="I23" s="62">
+        <v>5513.16</v>
+      </c>
+      <c r="J23" s="63">
+        <f t="shared" si="1"/>
+        <v>111.15999999999985</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A24" s="47" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="B24" s="48">
-        <v>10000190</v>
+        <v>680200030</v>
       </c>
       <c r="C24" s="50" t="s">
-        <v>213</v>
+        <v>122</v>
       </c>
       <c r="D24" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E24" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>66.690000000000055</v>
+        <v>20</v>
+      </c>
+      <c r="F24" s="62">
+        <v>150010</v>
+      </c>
+      <c r="G24" s="62">
+        <v>99990</v>
+      </c>
+      <c r="H24" s="62">
+        <v>87224.46</v>
+      </c>
+      <c r="I24" s="62">
+        <v>87224.46</v>
+      </c>
+      <c r="J24" s="63">
+        <f t="shared" si="1"/>
+        <v>-12765.539999999994</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="47" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="B25" s="48">
-        <v>10000190</v>
+        <v>680200030</v>
       </c>
       <c r="C25" s="50" t="s">
-        <v>213</v>
+        <v>122</v>
       </c>
       <c r="D25" s="47" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="E25" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>15073.809999999998</v>
+        <v>198</v>
+      </c>
+      <c r="F25" s="62">
+        <v>3312</v>
+      </c>
+      <c r="G25" s="62">
+        <v>1104</v>
+      </c>
+      <c r="H25" s="62">
+        <v>0</v>
+      </c>
+      <c r="I25" s="62">
+        <v>0</v>
+      </c>
+      <c r="J25" s="63">
+        <f t="shared" si="1"/>
+        <v>-1104</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="45">
-        <v>10000234</v>
+        <v>10000190</v>
       </c>
       <c r="C26" s="50" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D26" s="52" t="s">
         <v>152</v>
       </c>
       <c r="E26" s="50" t="s">
         <v>153</v>
       </c>
-      <c r="F26" s="61">
-[...13 lines deleted...]
-        <v>28327.919999999984</v>
+      <c r="F26" s="62">
+        <v>1363</v>
+      </c>
+      <c r="G26" s="62">
+        <v>1178</v>
+      </c>
+      <c r="H26" s="62">
+        <v>1356.33</v>
+      </c>
+      <c r="I26" s="62">
+        <v>1177.78</v>
+      </c>
+      <c r="J26" s="63">
+        <f t="shared" si="1"/>
+        <v>178.32999999999993</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B27" s="48">
-        <v>10000234</v>
+        <v>10000190</v>
       </c>
       <c r="C27" s="50" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D27" s="47" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="E27" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>44626.650000000023</v>
+        <v>20</v>
+      </c>
+      <c r="F27" s="62">
+        <v>48967</v>
+      </c>
+      <c r="G27" s="62">
+        <v>34112</v>
+      </c>
+      <c r="H27" s="62">
+        <v>50842.400000000001</v>
+      </c>
+      <c r="I27" s="62">
+        <v>34111.880000000005</v>
+      </c>
+      <c r="J27" s="63">
+        <f t="shared" si="1"/>
+        <v>16730.400000000001</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B28" s="48">
         <v>10000234</v>
       </c>
       <c r="C28" s="50" t="s">
         <v>23</v>
       </c>
       <c r="D28" s="47" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="E28" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>10759.580000000016</v>
+        <v>153</v>
+      </c>
+      <c r="F28" s="62">
+        <v>593115</v>
+      </c>
+      <c r="G28" s="62">
+        <v>434569</v>
+      </c>
+      <c r="H28" s="62">
+        <v>483281.98</v>
+      </c>
+      <c r="I28" s="62">
+        <v>434568.6</v>
+      </c>
+      <c r="J28" s="63">
+        <f t="shared" si="1"/>
+        <v>48712.979999999981</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B29" s="48">
         <v>10000234</v>
       </c>
       <c r="C29" s="50" t="s">
         <v>23</v>
       </c>
       <c r="D29" s="47" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="E29" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-80248.290000000037</v>
+        <v>198</v>
+      </c>
+      <c r="F29" s="62">
+        <v>916869</v>
+      </c>
+      <c r="G29" s="62">
+        <v>678379</v>
+      </c>
+      <c r="H29" s="62">
+        <v>765115.71</v>
+      </c>
+      <c r="I29" s="62">
+        <v>678378.55</v>
+      </c>
+      <c r="J29" s="63">
+        <f t="shared" si="1"/>
+        <v>86736.709999999963</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="48">
         <v>10000234</v>
       </c>
       <c r="C30" s="50" t="s">
         <v>23</v>
       </c>
       <c r="D30" s="47" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E30" s="50" t="s">
-        <v>29</v>
-[...15 lines deleted...]
-        <v>13700.030000000028</v>
+        <v>25</v>
+      </c>
+      <c r="F30" s="62">
+        <v>570764</v>
+      </c>
+      <c r="G30" s="62">
+        <v>394763</v>
+      </c>
+      <c r="H30" s="62">
+        <v>462206.71999999997</v>
+      </c>
+      <c r="I30" s="62">
+        <v>394750.68999999994</v>
+      </c>
+      <c r="J30" s="63">
+        <f t="shared" si="1"/>
+        <v>67443.719999999972</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="48">
         <v>10000234</v>
       </c>
       <c r="C31" s="50" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="47" t="s">
-        <v>199</v>
+        <v>19</v>
       </c>
       <c r="E31" s="50" t="s">
-        <v>200</v>
-[...15 lines deleted...]
-        <v>-110251.2200000002</v>
+        <v>20</v>
+      </c>
+      <c r="F31" s="62">
+        <v>1298035</v>
+      </c>
+      <c r="G31" s="62">
+        <v>865780</v>
+      </c>
+      <c r="H31" s="62">
+        <v>766119.37</v>
+      </c>
+      <c r="I31" s="62">
+        <v>766119.37</v>
+      </c>
+      <c r="J31" s="63">
+        <f t="shared" si="1"/>
+        <v>-99660.63</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="48">
-        <v>10001433</v>
+        <v>10000234</v>
       </c>
       <c r="C32" s="50" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D32" s="47" t="s">
-        <v>152</v>
+        <v>28</v>
       </c>
       <c r="E32" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>-19</v>
+        <v>29</v>
+      </c>
+      <c r="F32" s="62">
+        <v>492464</v>
+      </c>
+      <c r="G32" s="62">
+        <v>386833</v>
+      </c>
+      <c r="H32" s="62">
+        <v>424798.52</v>
+      </c>
+      <c r="I32" s="62">
+        <v>386819.1</v>
+      </c>
+      <c r="J32" s="63">
+        <f t="shared" si="1"/>
+        <v>37965.520000000019</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A33" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B33" s="48">
-        <v>10001433</v>
+        <v>10000234</v>
       </c>
       <c r="C33" s="50" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D33" s="47" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
       <c r="E33" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>26652.990000000005</v>
+        <v>200</v>
+      </c>
+      <c r="F33" s="62">
+        <v>5082853</v>
+      </c>
+      <c r="G33" s="62">
+        <v>3388567</v>
+      </c>
+      <c r="H33" s="62">
+        <v>3133594.09</v>
+      </c>
+      <c r="I33" s="62">
+        <v>3133594.09</v>
+      </c>
+      <c r="J33" s="63">
+        <f t="shared" si="1"/>
+        <v>-254972.91000000015</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A34" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B34" s="48">
-        <v>10011401</v>
+        <v>10000234</v>
       </c>
       <c r="C34" s="50" t="s">
-        <v>214</v>
+        <v>23</v>
       </c>
       <c r="D34" s="47" t="s">
-        <v>24</v>
+        <v>204</v>
       </c>
       <c r="E34" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>-362.61999999999989</v>
+        <v>205</v>
+      </c>
+      <c r="F34" s="62">
+        <v>4064</v>
+      </c>
+      <c r="G34" s="62">
+        <v>813</v>
+      </c>
+      <c r="H34" s="62">
+        <v>0</v>
+      </c>
+      <c r="I34" s="62">
+        <v>0</v>
+      </c>
+      <c r="J34" s="63">
+        <f t="shared" si="1"/>
+        <v>-813</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A35" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B35" s="48">
-        <v>10011401</v>
+        <v>10001433</v>
       </c>
       <c r="C35" s="50" t="s">
-        <v>214</v>
+        <v>35</v>
       </c>
       <c r="D35" s="47" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E35" s="50" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-    <row r="36" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+      <c r="F35" s="62">
+        <v>114</v>
+      </c>
+      <c r="G35" s="62">
+        <v>38</v>
+      </c>
+      <c r="H35" s="62">
+        <v>0</v>
+      </c>
+      <c r="I35" s="62">
+        <v>0</v>
+      </c>
+      <c r="J35" s="63">
+        <f t="shared" si="1"/>
+        <v>-38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A36" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="48">
-        <v>10011803</v>
+        <v>10001433</v>
       </c>
       <c r="C36" s="50" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="D36" s="47" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="E36" s="50" t="s">
-        <v>40</v>
-[...15 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="F36" s="62">
+        <v>68173</v>
+      </c>
+      <c r="G36" s="62">
+        <v>47898</v>
+      </c>
+      <c r="H36" s="62">
+        <v>79677.759999999995</v>
+      </c>
+      <c r="I36" s="62">
+        <v>47858.42</v>
+      </c>
+      <c r="J36" s="63">
+        <f t="shared" si="1"/>
+        <v>31779.759999999995</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A37" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B37" s="45">
-        <v>10011803</v>
+        <v>10011401</v>
       </c>
       <c r="C37" s="50" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="D37" s="52" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="E37" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>870.84999999999854</v>
+        <v>25</v>
+      </c>
+      <c r="F37" s="62">
+        <v>4672</v>
+      </c>
+      <c r="G37" s="62">
+        <v>2893</v>
+      </c>
+      <c r="H37" s="62">
+        <v>2266.61</v>
+      </c>
+      <c r="I37" s="62">
+        <v>2266.61</v>
+      </c>
+      <c r="J37" s="63">
+        <f t="shared" si="1"/>
+        <v>-626.38999999999987</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A38" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="48">
-        <v>10011803</v>
+        <v>10011401</v>
       </c>
       <c r="C38" s="50" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="D38" s="47" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="E38" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>15379.630000000005</v>
+        <v>20</v>
+      </c>
+      <c r="F38" s="62">
+        <v>5574</v>
+      </c>
+      <c r="G38" s="62">
+        <v>3914</v>
+      </c>
+      <c r="H38" s="62">
+        <v>6722.56</v>
+      </c>
+      <c r="I38" s="62">
+        <v>3905.67</v>
+      </c>
+      <c r="J38" s="63">
+        <f t="shared" si="1"/>
+        <v>2808.5600000000004</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A39" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B39" s="48">
         <v>10011803</v>
       </c>
       <c r="C39" s="50" t="s">
-        <v>215</v>
+        <v>38</v>
       </c>
       <c r="D39" s="47" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E39" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>7460.4799999999959</v>
+        <v>40</v>
+      </c>
+      <c r="F39" s="62">
+        <v>0</v>
+      </c>
+      <c r="G39" s="62">
+        <v>0</v>
+      </c>
+      <c r="H39" s="62">
+        <v>0</v>
+      </c>
+      <c r="I39" s="62">
+        <v>0</v>
+      </c>
+      <c r="J39" s="63">
+        <f t="shared" si="1"/>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A40" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B40" s="48">
         <v>10011803</v>
       </c>
       <c r="C40" s="50" t="s">
-        <v>215</v>
+        <v>38</v>
       </c>
       <c r="D40" s="47" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E40" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-7838.0100000000093</v>
+        <v>153</v>
+      </c>
+      <c r="F40" s="62">
+        <v>73304</v>
+      </c>
+      <c r="G40" s="62">
+        <v>50070</v>
+      </c>
+      <c r="H40" s="62">
+        <v>50662.28</v>
+      </c>
+      <c r="I40" s="62">
+        <v>50069.7</v>
+      </c>
+      <c r="J40" s="63">
+        <f t="shared" si="1"/>
+        <v>592.27999999999884</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="48">
-        <v>10011804</v>
+        <v>10011803</v>
       </c>
       <c r="C41" s="50" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="D41" s="47" t="s">
-        <v>46</v>
+        <v>197</v>
       </c>
       <c r="E41" s="50" t="s">
-        <v>201</v>
-[...18 lines deleted...]
-    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
+        <v>198</v>
+      </c>
+      <c r="F41" s="62">
+        <v>869360</v>
+      </c>
+      <c r="G41" s="62">
+        <v>604923</v>
+      </c>
+      <c r="H41" s="62">
+        <v>627390.05000000005</v>
+      </c>
+      <c r="I41" s="62">
+        <v>604922.47</v>
+      </c>
+      <c r="J41" s="63">
+        <f t="shared" si="1"/>
+        <v>22467.050000000047</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A42" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B42" s="45">
-        <v>10011804</v>
+        <v>10011803</v>
       </c>
       <c r="C42" s="50" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="D42" s="52" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="E42" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>1883.1399999999994</v>
+        <v>25</v>
+      </c>
+      <c r="F42" s="62">
+        <v>191220</v>
+      </c>
+      <c r="G42" s="62">
+        <v>135170</v>
+      </c>
+      <c r="H42" s="62">
+        <v>146790.28</v>
+      </c>
+      <c r="I42" s="62">
+        <v>135158.47</v>
+      </c>
+      <c r="J42" s="63">
+        <f t="shared" si="1"/>
+        <v>11620.279999999999</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B43" s="48">
-        <v>10011804</v>
+        <v>10011803</v>
       </c>
       <c r="C43" s="50" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="D43" s="47" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="E43" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>-7826.3400000000256</v>
+        <v>20</v>
+      </c>
+      <c r="F43" s="62">
+        <v>687676</v>
+      </c>
+      <c r="G43" s="62">
+        <v>458669</v>
+      </c>
+      <c r="H43" s="62">
+        <v>439827.45</v>
+      </c>
+      <c r="I43" s="62">
+        <v>439827.45</v>
+      </c>
+      <c r="J43" s="63">
+        <f t="shared" si="1"/>
+        <v>-18841.549999999988</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B44" s="48">
-        <v>10011804</v>
+        <v>10011803</v>
       </c>
       <c r="C44" s="50" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="D44" s="47" t="s">
-        <v>24</v>
+        <v>204</v>
       </c>
       <c r="E44" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>-3713.3700000000026</v>
+        <v>205</v>
+      </c>
+      <c r="F44" s="62">
+        <v>25570</v>
+      </c>
+      <c r="G44" s="62">
+        <v>5114</v>
+      </c>
+      <c r="H44" s="62">
+        <v>1569.16</v>
+      </c>
+      <c r="I44" s="62">
+        <v>1569.16</v>
+      </c>
+      <c r="J44" s="63">
+        <f t="shared" si="1"/>
+        <v>-3544.84</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B45" s="48">
         <v>10011804</v>
       </c>
       <c r="C45" s="50" t="s">
-        <v>216</v>
+        <v>45</v>
       </c>
       <c r="D45" s="47" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="E45" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-27019.900000000023</v>
+        <v>202</v>
+      </c>
+      <c r="F45" s="62">
+        <v>808362</v>
+      </c>
+      <c r="G45" s="62">
+        <v>557773</v>
+      </c>
+      <c r="H45" s="62">
+        <v>580131.47</v>
+      </c>
+      <c r="I45" s="62">
+        <v>557683.25</v>
+      </c>
+      <c r="J45" s="63">
+        <f t="shared" si="1"/>
+        <v>22358.469999999972</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B46" s="45">
-        <v>10012202</v>
+        <v>10011804</v>
       </c>
       <c r="C46" s="50" t="s">
-        <v>202</v>
+        <v>45</v>
       </c>
       <c r="D46" s="52" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E46" s="50" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+      <c r="F46" s="62">
+        <v>16627</v>
+      </c>
+      <c r="G46" s="62">
+        <v>14142</v>
+      </c>
+      <c r="H46" s="62">
+        <v>19385.61</v>
+      </c>
+      <c r="I46" s="62">
+        <v>14141.470000000001</v>
+      </c>
+      <c r="J46" s="63">
+        <f t="shared" si="1"/>
+        <v>5243.6100000000006</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A47" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B47" s="48">
-        <v>10054109</v>
+        <v>10011804</v>
       </c>
       <c r="C47" s="50" t="s">
-        <v>217</v>
+        <v>45</v>
       </c>
       <c r="D47" s="47" t="s">
-        <v>152</v>
+        <v>197</v>
       </c>
       <c r="E47" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>21.519999999999982</v>
+        <v>198</v>
+      </c>
+      <c r="F47" s="62">
+        <v>447753</v>
+      </c>
+      <c r="G47" s="62">
+        <v>310304</v>
+      </c>
+      <c r="H47" s="62">
+        <v>293349.19</v>
+      </c>
+      <c r="I47" s="62">
+        <v>293349.18999999994</v>
+      </c>
+      <c r="J47" s="63">
+        <f t="shared" si="1"/>
+        <v>-16954.809999999998</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B48" s="48">
-        <v>10054109</v>
+        <v>10011804</v>
       </c>
       <c r="C48" s="50" t="s">
-        <v>217</v>
+        <v>45</v>
       </c>
       <c r="D48" s="47" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E48" s="50" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+      <c r="F48" s="62">
+        <v>108058</v>
+      </c>
+      <c r="G48" s="62">
+        <v>67518</v>
+      </c>
+      <c r="H48" s="62">
+        <v>59126.83</v>
+      </c>
+      <c r="I48" s="62">
+        <v>59126.829999999994</v>
+      </c>
+      <c r="J48" s="63">
+        <f t="shared" si="1"/>
+        <v>-8391.1699999999983</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A49" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B49" s="48">
-        <v>10064111</v>
+        <v>10011804</v>
       </c>
       <c r="C49" s="50" t="s">
-        <v>218</v>
+        <v>45</v>
       </c>
       <c r="D49" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E49" s="50" t="s">
-        <v>153</v>
-[...18 lines deleted...]
-    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+      <c r="F49" s="62">
+        <v>813040</v>
+      </c>
+      <c r="G49" s="62">
+        <v>508348</v>
+      </c>
+      <c r="H49" s="62">
+        <v>465336.48</v>
+      </c>
+      <c r="I49" s="62">
+        <v>465336.48</v>
+      </c>
+      <c r="J49" s="63">
+        <f t="shared" si="1"/>
+        <v>-43011.520000000019</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A50" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B50" s="48">
-        <v>10064111</v>
+        <v>10011804</v>
       </c>
       <c r="C50" s="50" t="s">
-        <v>218</v>
+        <v>45</v>
       </c>
       <c r="D50" s="47" t="s">
-        <v>19</v>
+        <v>204</v>
       </c>
       <c r="E50" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-71377.570000000007</v>
+        <v>205</v>
+      </c>
+      <c r="F50" s="62">
+        <v>159</v>
+      </c>
+      <c r="G50" s="62">
+        <v>32</v>
+      </c>
+      <c r="H50" s="62">
+        <v>2.4</v>
+      </c>
+      <c r="I50" s="62">
+        <v>2.4</v>
+      </c>
+      <c r="J50" s="63">
+        <f t="shared" si="1"/>
+        <v>-29.6</v>
       </c>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A51" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B51" s="48">
-        <v>10068302</v>
+        <v>10012202</v>
       </c>
       <c r="C51" s="50" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="D51" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E51" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>966.19999999995343</v>
+        <v>20</v>
+      </c>
+      <c r="F51" s="62">
+        <v>119949</v>
+      </c>
+      <c r="G51" s="62">
+        <v>74377</v>
+      </c>
+      <c r="H51" s="62">
+        <v>65145.43</v>
+      </c>
+      <c r="I51" s="62">
+        <v>65145.43</v>
+      </c>
+      <c r="J51" s="63">
+        <f t="shared" si="1"/>
+        <v>-9231.57</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="48">
-        <v>10068302</v>
+        <v>10054109</v>
       </c>
       <c r="C52" s="50" t="s">
-        <v>219</v>
+        <v>61</v>
       </c>
       <c r="D52" s="47" t="s">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="E52" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>41501.780000000028</v>
+        <v>153</v>
+      </c>
+      <c r="F52" s="62">
+        <v>384</v>
+      </c>
+      <c r="G52" s="62">
+        <v>272</v>
+      </c>
+      <c r="H52" s="62">
+        <v>278.94</v>
+      </c>
+      <c r="I52" s="62">
+        <v>271.56</v>
+      </c>
+      <c r="J52" s="63">
+        <f t="shared" si="1"/>
+        <v>6.9399999999999977</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B53" s="48">
-        <v>10068302</v>
+        <v>10054109</v>
       </c>
       <c r="C53" s="50" t="s">
-        <v>219</v>
+        <v>61</v>
       </c>
       <c r="D53" s="47" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E53" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>12952.939999999944</v>
+        <v>20</v>
+      </c>
+      <c r="F53" s="62">
+        <v>48634</v>
+      </c>
+      <c r="G53" s="62">
+        <v>32763</v>
+      </c>
+      <c r="H53" s="62">
+        <v>33838.019999999997</v>
+      </c>
+      <c r="I53" s="62">
+        <v>32762.340000000004</v>
+      </c>
+      <c r="J53" s="63">
+        <f t="shared" si="1"/>
+        <v>1075.0199999999968</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B54" s="48">
-        <v>10068302</v>
+        <v>10064111</v>
       </c>
       <c r="C54" s="50" t="s">
-        <v>219</v>
+        <v>64</v>
       </c>
       <c r="D54" s="47" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E54" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>398391.1400000006</v>
+        <v>153</v>
+      </c>
+      <c r="F54" s="62">
+        <v>21649</v>
+      </c>
+      <c r="G54" s="62">
+        <v>14432</v>
+      </c>
+      <c r="H54" s="62">
+        <v>12902.21</v>
+      </c>
+      <c r="I54" s="62">
+        <v>12902.21</v>
+      </c>
+      <c r="J54" s="63">
+        <f t="shared" si="1"/>
+        <v>-1529.7900000000009</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B55" s="48">
-        <v>10068303</v>
+        <v>10064111</v>
       </c>
       <c r="C55" s="50" t="s">
-        <v>220</v>
+        <v>64</v>
       </c>
       <c r="D55" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E55" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>-212757.18999999994</v>
+        <v>20</v>
+      </c>
+      <c r="F55" s="62">
+        <v>822868</v>
+      </c>
+      <c r="G55" s="62">
+        <v>549502</v>
+      </c>
+      <c r="H55" s="62">
+        <v>461172.15</v>
+      </c>
+      <c r="I55" s="62">
+        <v>461172.15</v>
+      </c>
+      <c r="J55" s="63">
+        <f t="shared" si="1"/>
+        <v>-88329.849999999977</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B56" s="48">
-        <v>10068303</v>
+        <v>10064111</v>
       </c>
       <c r="C56" s="50" t="s">
-        <v>220</v>
+        <v>64</v>
       </c>
       <c r="D56" s="47" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="E56" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>8641.4199999999983</v>
+        <v>205</v>
+      </c>
+      <c r="F56" s="62">
+        <v>25</v>
+      </c>
+      <c r="G56" s="62">
+        <v>5</v>
+      </c>
+      <c r="H56" s="62">
+        <v>0</v>
+      </c>
+      <c r="I56" s="62">
+        <v>0</v>
+      </c>
+      <c r="J56" s="63">
+        <f t="shared" si="1"/>
+        <v>-5</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B57" s="48">
-        <v>10068303</v>
+        <v>10068302</v>
       </c>
       <c r="C57" s="50" t="s">
-        <v>220</v>
+        <v>73</v>
       </c>
       <c r="D57" s="47" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E57" s="50" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-    <row r="58" spans="1:10" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+      <c r="F57" s="62">
+        <v>1064645</v>
+      </c>
+      <c r="G57" s="62">
+        <v>728467</v>
+      </c>
+      <c r="H57" s="62">
+        <v>705255.45</v>
+      </c>
+      <c r="I57" s="62">
+        <v>705255.45</v>
+      </c>
+      <c r="J57" s="63">
+        <f t="shared" si="1"/>
+        <v>-23211.550000000047</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A58" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B58" s="48">
-        <v>19164063</v>
+        <v>10068302</v>
       </c>
       <c r="C58" s="50" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D58" s="47" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="E58" s="50" t="s">
-        <v>25</v>
-[...18 lines deleted...]
-    <row r="59" spans="1:10" x14ac:dyDescent="0.2">
+        <v>198</v>
+      </c>
+      <c r="F58" s="62">
+        <v>454425</v>
+      </c>
+      <c r="G58" s="62">
+        <v>368828</v>
+      </c>
+      <c r="H58" s="62">
+        <v>419387.45</v>
+      </c>
+      <c r="I58" s="62">
+        <v>368827.52</v>
+      </c>
+      <c r="J58" s="63">
+        <f t="shared" si="1"/>
+        <v>50559.450000000012</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A59" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B59" s="45">
-        <v>19268301</v>
+        <v>10068302</v>
       </c>
       <c r="C59" s="50" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="D59" s="52" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E59" s="50" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-    <row r="60" spans="1:10" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+      <c r="F59" s="62">
+        <v>1220057</v>
+      </c>
+      <c r="G59" s="62">
+        <v>908068</v>
+      </c>
+      <c r="H59" s="62">
+        <v>957500.65</v>
+      </c>
+      <c r="I59" s="62">
+        <v>908064.7</v>
+      </c>
+      <c r="J59" s="63">
+        <f t="shared" si="1"/>
+        <v>49432.650000000023</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A60" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B60" s="48">
-        <v>19268301</v>
+        <v>10068302</v>
       </c>
       <c r="C60" s="50" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="D60" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E60" s="50" t="s">
-        <v>153</v>
-[...18 lines deleted...]
-    <row r="61" spans="1:10" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+      <c r="F60" s="62">
+        <v>19377740</v>
+      </c>
+      <c r="G60" s="62">
+        <v>13028687</v>
+      </c>
+      <c r="H60" s="62">
+        <v>13195141.74</v>
+      </c>
+      <c r="I60" s="62">
+        <v>13028686.92</v>
+      </c>
+      <c r="J60" s="63">
+        <f t="shared" si="1"/>
+        <v>166454.74000000022</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A61" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B61" s="48">
-        <v>130020302</v>
+        <v>10068303</v>
       </c>
       <c r="C61" s="50" t="s">
-        <v>221</v>
+        <v>77</v>
       </c>
       <c r="D61" s="47" t="s">
         <v>152</v>
       </c>
       <c r="E61" s="50" t="s">
         <v>153</v>
       </c>
-      <c r="F61" s="61">
-[...13 lines deleted...]
-        <v>63.690000000000055</v>
+      <c r="F61" s="62">
+        <v>1830937</v>
+      </c>
+      <c r="G61" s="62">
+        <v>1220633</v>
+      </c>
+      <c r="H61" s="62">
+        <v>928303.72</v>
+      </c>
+      <c r="I61" s="62">
+        <v>928303.72000000009</v>
+      </c>
+      <c r="J61" s="63">
+        <f t="shared" si="1"/>
+        <v>-292329.28000000003</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B62" s="48">
-        <v>130020302</v>
+        <v>10068303</v>
       </c>
       <c r="C62" s="50" t="s">
-        <v>221</v>
+        <v>77</v>
       </c>
       <c r="D62" s="47" t="s">
         <v>197</v>
       </c>
       <c r="E62" s="50" t="s">
         <v>198</v>
       </c>
-      <c r="F62" s="61">
-[...13 lines deleted...]
-        <v>2790.1299999999974</v>
+      <c r="F62" s="62">
+        <v>74748</v>
+      </c>
+      <c r="G62" s="62">
+        <v>61791</v>
+      </c>
+      <c r="H62" s="62">
+        <v>74892.98</v>
+      </c>
+      <c r="I62" s="62">
+        <v>61790.39</v>
+      </c>
+      <c r="J62" s="63">
+        <f t="shared" si="1"/>
+        <v>13101.979999999996</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="45">
-        <v>130020302</v>
+        <v>10068303</v>
       </c>
       <c r="C63" s="50" t="s">
-        <v>221</v>
+        <v>77</v>
       </c>
       <c r="D63" s="52" t="s">
         <v>19</v>
       </c>
       <c r="E63" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="F63" s="61">
-[...13 lines deleted...]
-        <v>-3058.6500000000015</v>
+      <c r="F63" s="62">
+        <v>17131701</v>
+      </c>
+      <c r="G63" s="62">
+        <v>11590829</v>
+      </c>
+      <c r="H63" s="62">
+        <v>12823282.48</v>
+      </c>
+      <c r="I63" s="62">
+        <v>11590828.48</v>
+      </c>
+      <c r="J63" s="63">
+        <f t="shared" si="1"/>
+        <v>1232453.4800000004</v>
       </c>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="47" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="B64" s="48">
-        <v>250000092</v>
+        <v>19164063</v>
       </c>
       <c r="C64" s="50" t="s">
-        <v>222</v>
+        <v>80</v>
       </c>
       <c r="D64" s="47" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="E64" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>-87.920000000000073</v>
+        <v>25</v>
+      </c>
+      <c r="F64" s="62">
+        <v>1256422</v>
+      </c>
+      <c r="G64" s="62">
+        <v>860661</v>
+      </c>
+      <c r="H64" s="62">
+        <v>848988.9</v>
+      </c>
+      <c r="I64" s="62">
+        <v>848988.9</v>
+      </c>
+      <c r="J64" s="63">
+        <f t="shared" si="1"/>
+        <v>-11672.099999999977</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="47" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="B65" s="48">
-        <v>250000092</v>
+        <v>19268301</v>
       </c>
       <c r="C65" s="50" t="s">
-        <v>222</v>
+        <v>83</v>
       </c>
       <c r="D65" s="47" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="E65" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>5198.2600000000093</v>
+        <v>20</v>
+      </c>
+      <c r="F65" s="62">
+        <v>326151</v>
+      </c>
+      <c r="G65" s="62">
+        <v>217432</v>
+      </c>
+      <c r="H65" s="62">
+        <v>208137.27</v>
+      </c>
+      <c r="I65" s="62">
+        <v>208137.27000000002</v>
+      </c>
+      <c r="J65" s="63">
+        <f t="shared" si="1"/>
+        <v>-9294.7300000000105</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="9" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="B66" s="45">
-        <v>250000092</v>
+        <v>19268301</v>
       </c>
       <c r="C66" s="50" t="s">
-        <v>222</v>
+        <v>83</v>
       </c>
       <c r="D66" s="52" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E66" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-5089.7599999999948</v>
+        <v>153</v>
+      </c>
+      <c r="F66" s="62">
+        <v>23992</v>
+      </c>
+      <c r="G66" s="62">
+        <v>18113</v>
+      </c>
+      <c r="H66" s="62">
+        <v>23114.35</v>
+      </c>
+      <c r="I66" s="62">
+        <v>18096.98</v>
+      </c>
+      <c r="J66" s="63">
+        <f t="shared" si="1"/>
+        <v>5001.3499999999985</v>
       </c>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="47" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="B67" s="48">
-        <v>360200027</v>
+        <v>130020302</v>
       </c>
       <c r="C67" s="50" t="s">
-        <v>223</v>
+        <v>86</v>
       </c>
       <c r="D67" s="47" t="s">
         <v>152</v>
       </c>
       <c r="E67" s="50" t="s">
         <v>153</v>
       </c>
-      <c r="F67" s="61">
-[...13 lines deleted...]
-        <v>-5</v>
+      <c r="F67" s="62">
+        <v>1711</v>
+      </c>
+      <c r="G67" s="62">
+        <v>1144</v>
+      </c>
+      <c r="H67" s="62">
+        <v>1242.74</v>
+      </c>
+      <c r="I67" s="62">
+        <v>1143.95</v>
+      </c>
+      <c r="J67" s="63">
+        <f t="shared" si="1"/>
+        <v>98.740000000000009</v>
       </c>
     </row>
     <row r="68" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="B68" s="48">
-        <v>360200027</v>
+        <v>130020302</v>
       </c>
       <c r="C68" s="50" t="s">
-        <v>223</v>
+        <v>86</v>
       </c>
       <c r="D68" s="47" t="s">
         <v>197</v>
       </c>
       <c r="E68" s="50" t="s">
         <v>198</v>
       </c>
-      <c r="F68" s="61">
-[...13 lines deleted...]
-        <v>12.540000000000873</v>
+      <c r="F68" s="62">
+        <v>90063</v>
+      </c>
+      <c r="G68" s="62">
+        <v>65783</v>
+      </c>
+      <c r="H68" s="62">
+        <v>70668.87</v>
+      </c>
+      <c r="I68" s="62">
+        <v>65782.45</v>
+      </c>
+      <c r="J68" s="63">
+        <f t="shared" si="1"/>
+        <v>4885.8699999999953</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="47" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="B69" s="48">
-        <v>360200027</v>
+        <v>130020302</v>
       </c>
       <c r="C69" s="50" t="s">
-        <v>223</v>
+        <v>86</v>
       </c>
       <c r="D69" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E69" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="F69" s="61">
-[...13 lines deleted...]
-        <v>-29.26</v>
+      <c r="F69" s="62">
+        <v>97257</v>
+      </c>
+      <c r="G69" s="62">
+        <v>64965</v>
+      </c>
+      <c r="H69" s="62">
+        <v>60326.1</v>
+      </c>
+      <c r="I69" s="62">
+        <v>60326.1</v>
+      </c>
+      <c r="J69" s="63">
+        <f t="shared" si="1"/>
+        <v>-4638.9000000000015</v>
       </c>
     </row>
     <row r="70" spans="1:10" s="49" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A70" s="47" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B70" s="48">
-        <v>90020301</v>
+        <v>250000092</v>
       </c>
       <c r="C70" s="50" t="s">
-        <v>93</v>
+        <v>140</v>
       </c>
       <c r="D70" s="47" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="E70" s="50" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-        <v>-6799.4199999999983</v>
+        <v>153</v>
+      </c>
+      <c r="F70" s="62">
+        <v>3355</v>
+      </c>
+      <c r="G70" s="62">
+        <v>2865</v>
+      </c>
+      <c r="H70" s="62">
+        <v>2684.5</v>
+      </c>
+      <c r="I70" s="62">
+        <v>2684.5</v>
+      </c>
+      <c r="J70" s="63">
+        <f t="shared" si="1"/>
+        <v>-180.5</v>
       </c>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A71" s="47" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B71" s="48">
-        <v>110000048</v>
+        <v>250000092</v>
       </c>
       <c r="C71" s="50" t="s">
-        <v>224</v>
+        <v>140</v>
       </c>
       <c r="D71" s="47" t="s">
-        <v>152</v>
+        <v>197</v>
       </c>
       <c r="E71" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>160.5</v>
+        <v>198</v>
+      </c>
+      <c r="F71" s="62">
+        <v>238829</v>
+      </c>
+      <c r="G71" s="62">
+        <v>167664</v>
+      </c>
+      <c r="H71" s="62">
+        <v>177189.95</v>
+      </c>
+      <c r="I71" s="62">
+        <v>176444.41</v>
+      </c>
+      <c r="J71" s="63">
+        <f t="shared" si="1"/>
+        <v>9525.9500000000116</v>
       </c>
     </row>
     <row r="72" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="9" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B72" s="45">
-        <v>110000048</v>
+        <v>250000092</v>
       </c>
       <c r="C72" s="50" t="s">
-        <v>224</v>
+        <v>140</v>
       </c>
       <c r="D72" s="52" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="E72" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>7162.1199999999953</v>
+        <v>20</v>
+      </c>
+      <c r="F72" s="62">
+        <v>125353</v>
+      </c>
+      <c r="G72" s="62">
+        <v>83568</v>
+      </c>
+      <c r="H72" s="62">
+        <v>76054.53</v>
+      </c>
+      <c r="I72" s="62">
+        <v>75719.920000000013</v>
+      </c>
+      <c r="J72" s="63">
+        <f t="shared" ref="J72:J92" si="2">H72-G72</f>
+        <v>-7513.4700000000012</v>
       </c>
     </row>
     <row r="73" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="47" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B73" s="48">
-        <v>110000048</v>
+        <v>250000092</v>
       </c>
       <c r="C73" s="50" t="s">
-        <v>224</v>
+        <v>140</v>
       </c>
       <c r="D73" s="47" t="s">
-        <v>19</v>
+        <v>204</v>
       </c>
       <c r="E73" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-1833.3099999999977</v>
+        <v>205</v>
+      </c>
+      <c r="F73" s="62">
+        <v>3986</v>
+      </c>
+      <c r="G73" s="62">
+        <v>797</v>
+      </c>
+      <c r="H73" s="62">
+        <v>45.09</v>
+      </c>
+      <c r="I73" s="62">
+        <v>45.09</v>
+      </c>
+      <c r="J73" s="63">
+        <f t="shared" si="2"/>
+        <v>-751.91</v>
       </c>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A74" s="47" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B74" s="48">
-        <v>320200001</v>
+        <v>360200027</v>
       </c>
       <c r="C74" s="50" t="s">
-        <v>227</v>
+        <v>143</v>
       </c>
       <c r="D74" s="47" t="s">
         <v>152</v>
       </c>
       <c r="E74" s="50" t="s">
         <v>153</v>
       </c>
-      <c r="F74" s="61">
-[...13 lines deleted...]
-        <v>-228.76</v>
+      <c r="F74" s="62">
+        <v>33</v>
+      </c>
+      <c r="G74" s="62">
+        <v>10</v>
+      </c>
+      <c r="H74" s="62">
+        <v>0</v>
+      </c>
+      <c r="I74" s="62">
+        <v>0</v>
+      </c>
+      <c r="J74" s="63">
+        <f t="shared" si="2"/>
+        <v>-10</v>
       </c>
     </row>
     <row r="75" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="9" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B75" s="45">
-        <v>320200001</v>
+        <v>360200027</v>
       </c>
       <c r="C75" s="50" t="s">
-        <v>227</v>
+        <v>143</v>
       </c>
       <c r="D75" s="52" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="E75" s="50" t="s">
-        <v>20</v>
-[...15 lines deleted...]
-        <v>-3630.1600000000035</v>
+        <v>198</v>
+      </c>
+      <c r="F75" s="62">
+        <v>16497</v>
+      </c>
+      <c r="G75" s="62">
+        <v>11475</v>
+      </c>
+      <c r="H75" s="62">
+        <v>11212.02</v>
+      </c>
+      <c r="I75" s="62">
+        <v>11212.02</v>
+      </c>
+      <c r="J75" s="63">
+        <f t="shared" si="2"/>
+        <v>-262.97999999999956</v>
       </c>
     </row>
     <row r="76" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="47" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="B76" s="48">
-        <v>320200001</v>
+        <v>360200027</v>
       </c>
       <c r="C76" s="50" t="s">
-        <v>227</v>
+        <v>143</v>
       </c>
       <c r="D76" s="47" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="E76" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>38.539999999999964</v>
+        <v>20</v>
+      </c>
+      <c r="F76" s="62">
+        <v>200</v>
+      </c>
+      <c r="G76" s="62">
+        <v>84</v>
+      </c>
+      <c r="H76" s="62">
+        <v>25.74</v>
+      </c>
+      <c r="I76" s="62">
+        <v>25.74</v>
+      </c>
+      <c r="J76" s="63">
+        <f t="shared" si="2"/>
+        <v>-58.260000000000005</v>
       </c>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A77" s="9" t="s">
         <v>91</v>
       </c>
       <c r="B77" s="45">
-        <v>400200024</v>
+        <v>90020301</v>
       </c>
       <c r="C77" s="50" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="D77" s="52" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="E77" s="50" t="s">
-        <v>153</v>
-[...18 lines deleted...]
-    <row r="78" spans="1:10" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+      <c r="F77" s="62">
+        <v>50763</v>
+      </c>
+      <c r="G77" s="62">
+        <v>33840</v>
+      </c>
+      <c r="H77" s="62">
+        <v>27476.9</v>
+      </c>
+      <c r="I77" s="62">
+        <v>27476.9</v>
+      </c>
+      <c r="J77" s="63">
+        <f t="shared" si="2"/>
+        <v>-6363.0999999999985</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A78" s="47" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="48">
-        <v>400200024</v>
+        <v>110000048</v>
       </c>
       <c r="C78" s="50" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D78" s="47" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="E78" s="50" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-    <row r="79" spans="1:10" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+      <c r="F78" s="62">
+        <v>2968</v>
+      </c>
+      <c r="G78" s="62">
+        <v>2220</v>
+      </c>
+      <c r="H78" s="62">
+        <v>2479.3200000000002</v>
+      </c>
+      <c r="I78" s="62">
+        <v>2219.7599999999998</v>
+      </c>
+      <c r="J78" s="63">
+        <f t="shared" si="2"/>
+        <v>259.32000000000016</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A79" s="47" t="s">
         <v>91</v>
       </c>
       <c r="B79" s="48">
-        <v>400200024</v>
+        <v>110000048</v>
       </c>
       <c r="C79" s="50" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D79" s="47" t="s">
         <v>197</v>
       </c>
       <c r="E79" s="50" t="s">
         <v>198</v>
       </c>
-      <c r="F79" s="61">
-[...16 lines deleted...]
-    <row r="80" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="F79" s="62">
+        <v>143347</v>
+      </c>
+      <c r="G79" s="62">
+        <v>105893</v>
+      </c>
+      <c r="H79" s="62">
+        <v>115256.39</v>
+      </c>
+      <c r="I79" s="62">
+        <v>105892.95999999999</v>
+      </c>
+      <c r="J79" s="63">
+        <f t="shared" si="2"/>
+        <v>9363.39</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" s="2" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A80" s="47" t="s">
         <v>91</v>
       </c>
       <c r="B80" s="48">
-        <v>460200036</v>
+        <v>110000048</v>
       </c>
       <c r="C80" s="50" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="D80" s="47" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E80" s="50" t="s">
-        <v>153</v>
-[...18 lines deleted...]
-    <row r="81" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+      <c r="F80" s="62">
+        <v>102577</v>
+      </c>
+      <c r="G80" s="62">
+        <v>68400</v>
+      </c>
+      <c r="H80" s="62">
+        <v>65429.51</v>
+      </c>
+      <c r="I80" s="62">
+        <v>65429.51</v>
+      </c>
+      <c r="J80" s="63">
+        <f t="shared" si="2"/>
+        <v>-2970.489999999998</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" s="2" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A81" s="47" t="s">
         <v>91</v>
       </c>
       <c r="B81" s="48">
-        <v>460200036</v>
+        <v>320200001</v>
       </c>
       <c r="C81" s="50" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D81" s="47" t="s">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="E81" s="50" t="s">
-        <v>198</v>
-[...18 lines deleted...]
-    <row r="82" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+      <c r="F81" s="62">
+        <v>4380</v>
+      </c>
+      <c r="G81" s="62">
+        <v>2670</v>
+      </c>
+      <c r="H81" s="62">
+        <v>2317.75</v>
+      </c>
+      <c r="I81" s="62">
+        <v>2317.75</v>
+      </c>
+      <c r="J81" s="63">
+        <f t="shared" si="2"/>
+        <v>-352.25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" s="2" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A82" s="47" t="s">
         <v>91</v>
       </c>
       <c r="B82" s="48">
-        <v>460200036</v>
+        <v>320200001</v>
       </c>
       <c r="C82" s="50" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D82" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E82" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="F82" s="61">
-[...16 lines deleted...]
-    <row r="83" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="F82" s="62">
+        <v>157501</v>
+      </c>
+      <c r="G82" s="62">
+        <v>105018</v>
+      </c>
+      <c r="H82" s="62">
+        <v>98018.57</v>
+      </c>
+      <c r="I82" s="62">
+        <v>98018.569999999992</v>
+      </c>
+      <c r="J82" s="63">
+        <f t="shared" si="2"/>
+        <v>-6999.429999999993</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" s="2" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="B83" s="45">
-        <v>740200008</v>
+        <v>320200001</v>
       </c>
       <c r="C83" s="50" t="s">
-        <v>225</v>
+        <v>99</v>
       </c>
       <c r="D83" s="52" t="s">
-        <v>152</v>
+        <v>197</v>
       </c>
       <c r="E83" s="50" t="s">
-        <v>153</v>
-[...15 lines deleted...]
-        <v>555.4399999999996</v>
+        <v>198</v>
+      </c>
+      <c r="F83" s="62">
+        <v>1217</v>
+      </c>
+      <c r="G83" s="62">
+        <v>898</v>
+      </c>
+      <c r="H83" s="62">
+        <v>905.58</v>
+      </c>
+      <c r="I83" s="62">
+        <v>897.47</v>
+      </c>
+      <c r="J83" s="63">
+        <f t="shared" si="2"/>
+        <v>7.5800000000000409</v>
       </c>
     </row>
     <row r="84" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B84" s="55">
-        <v>740200008</v>
+        <v>400200024</v>
       </c>
       <c r="C84" s="50" t="s">
-        <v>225</v>
+        <v>102</v>
       </c>
       <c r="D84" s="56" t="s">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="E84" s="50" t="s">
-        <v>198</v>
-[...15 lines deleted...]
-        <v>3970.510000000002</v>
+        <v>153</v>
+      </c>
+      <c r="F84" s="62">
+        <v>4904</v>
+      </c>
+      <c r="G84" s="62">
+        <v>2953</v>
+      </c>
+      <c r="H84" s="62">
+        <v>2719.55</v>
+      </c>
+      <c r="I84" s="62">
+        <v>2719.55</v>
+      </c>
+      <c r="J84" s="63">
+        <f t="shared" si="2"/>
+        <v>-233.44999999999982</v>
       </c>
     </row>
     <row r="85" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B85" s="55">
-        <v>740200008</v>
+        <v>400200024</v>
       </c>
       <c r="C85" s="50" t="s">
-        <v>225</v>
+        <v>102</v>
       </c>
       <c r="D85" s="56" t="s">
         <v>19</v>
       </c>
       <c r="E85" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="F85" s="61">
+      <c r="F85" s="62">
+        <v>124670</v>
+      </c>
+      <c r="G85" s="62">
+        <v>83120</v>
+      </c>
+      <c r="H85" s="62">
+        <v>78738.27</v>
+      </c>
+      <c r="I85" s="62">
+        <v>78738.27</v>
+      </c>
+      <c r="J85" s="63">
+        <f t="shared" si="2"/>
+        <v>-4381.7299999999959</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B86" s="55">
+        <v>400200024</v>
+      </c>
+      <c r="C86" s="50" t="s">
+        <v>102</v>
+      </c>
+      <c r="D86" s="56" t="s">
+        <v>197</v>
+      </c>
+      <c r="E86" s="50" t="s">
+        <v>198</v>
+      </c>
+      <c r="F86" s="62">
+        <v>2164</v>
+      </c>
+      <c r="G86" s="62">
+        <v>1812</v>
+      </c>
+      <c r="H86" s="62">
+        <v>2103.23</v>
+      </c>
+      <c r="I86" s="62">
+        <v>1811.07</v>
+      </c>
+      <c r="J86" s="63">
+        <f t="shared" si="2"/>
+        <v>291.23</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B87" s="55">
+        <v>460200036</v>
+      </c>
+      <c r="C87" s="50" t="s">
+        <v>105</v>
+      </c>
+      <c r="D87" s="56" t="s">
+        <v>152</v>
+      </c>
+      <c r="E87" s="50" t="s">
+        <v>153</v>
+      </c>
+      <c r="F87" s="62">
+        <v>108</v>
+      </c>
+      <c r="G87" s="62">
+        <v>56</v>
+      </c>
+      <c r="H87" s="62">
+        <v>82.77</v>
+      </c>
+      <c r="I87" s="62">
+        <v>55.809999999999995</v>
+      </c>
+      <c r="J87" s="63">
+        <f t="shared" si="2"/>
+        <v>26.769999999999996</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B88" s="55">
+        <v>460200036</v>
+      </c>
+      <c r="C88" s="50" t="s">
+        <v>105</v>
+      </c>
+      <c r="D88" s="56" t="s">
+        <v>197</v>
+      </c>
+      <c r="E88" s="50" t="s">
+        <v>198</v>
+      </c>
+      <c r="F88" s="62">
+        <v>9548</v>
+      </c>
+      <c r="G88" s="62">
+        <v>7222</v>
+      </c>
+      <c r="H88" s="62">
+        <v>7993.7</v>
+      </c>
+      <c r="I88" s="62">
+        <v>7221.12</v>
+      </c>
+      <c r="J88" s="63">
+        <f t="shared" si="2"/>
+        <v>771.69999999999982</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B89" s="55">
+        <v>460200036</v>
+      </c>
+      <c r="C89" s="50" t="s">
+        <v>105</v>
+      </c>
+      <c r="D89" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" s="62">
+        <v>12275</v>
+      </c>
+      <c r="G89" s="62">
+        <v>8176</v>
+      </c>
+      <c r="H89" s="62">
+        <v>6865.4</v>
+      </c>
+      <c r="I89" s="62">
+        <v>6865.4000000000005</v>
+      </c>
+      <c r="J89" s="63">
+        <f t="shared" si="2"/>
+        <v>-1310.6000000000004</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B90" s="55">
+        <v>740200008</v>
+      </c>
+      <c r="C90" s="50" t="s">
+        <v>108</v>
+      </c>
+      <c r="D90" s="56" t="s">
+        <v>152</v>
+      </c>
+      <c r="E90" s="50" t="s">
+        <v>153</v>
+      </c>
+      <c r="F90" s="62">
+        <v>7615</v>
+      </c>
+      <c r="G90" s="62">
+        <v>5635</v>
+      </c>
+      <c r="H90" s="62">
+        <v>6593.06</v>
+      </c>
+      <c r="I90" s="62">
+        <v>5634.96</v>
+      </c>
+      <c r="J90" s="63">
+        <f t="shared" si="2"/>
+        <v>958.0600000000004</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B91" s="55">
+        <v>740200008</v>
+      </c>
+      <c r="C91" s="50" t="s">
+        <v>108</v>
+      </c>
+      <c r="D91" s="56" t="s">
+        <v>197</v>
+      </c>
+      <c r="E91" s="50" t="s">
+        <v>198</v>
+      </c>
+      <c r="F91" s="62">
+        <v>80811</v>
+      </c>
+      <c r="G91" s="62">
+        <v>54791</v>
+      </c>
+      <c r="H91" s="62">
+        <v>58684.98</v>
+      </c>
+      <c r="I91" s="62">
+        <v>54790.62</v>
+      </c>
+      <c r="J91" s="63">
+        <f t="shared" si="2"/>
+        <v>3893.9800000000032</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="B92" s="55">
+        <v>740200008</v>
+      </c>
+      <c r="C92" s="50" t="s">
+        <v>108</v>
+      </c>
+      <c r="D92" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E92" s="50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" s="62">
         <v>226515</v>
       </c>
-      <c r="G85" s="61">
-[...10 lines deleted...]
-        <v>10080.589999999997</v>
+      <c r="G92" s="62">
+        <v>152114</v>
+      </c>
+      <c r="H92" s="62">
+        <v>163341.37</v>
+      </c>
+      <c r="I92" s="62">
+        <v>152113.69</v>
+      </c>
+      <c r="J92" s="63">
+        <f t="shared" si="2"/>
+        <v>11227.369999999995</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
-  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.3" right="0.26" top="0.17" bottom="0.3" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="efcaaeda-a981-404d-967b-8df8cec2066d" xmlns:ns3="c328b572-f03b-4acd-b63f-9964853c3240" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c12b1e1a09ce9b454de8c5c72e435c78" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CE645B9D058ED34A9DFFD4C9BB917231" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0d24f4d01fa7362040ea39197d6c05be">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="efcaaeda-a981-404d-967b-8df8cec2066d" xmlns:ns3="c328b572-f03b-4acd-b63f-9964853c3240" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="86a26bd4febd979f23c83a7ef6d1d08d" ns2:_="" ns3:_="">
     <xsd:import namespace="efcaaeda-a981-404d-967b-8df8cec2066d"/>
     <xsd:import namespace="c328b572-f03b-4acd-b63f-9964853c3240"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -12287,88 +12472,88 @@
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c328b572-f03b-4acd-b63f-9964853c3240" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -12413,127 +12598,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAF0F611-2891-4D45-BB86-ADCB8A5D2C24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="efcaaeda-a981-404d-967b-8df8cec2066d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c328b572-f03b-4acd-b63f-9964853c3240"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52E32A34-C620-4A19-A585-11108AFAD84A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19EB4D63-1305-4260-80FA-7FA2179D08EA}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37DC8A90-46FE-420F-9352-B84B50EEECFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="efcaaeda-a981-404d-967b-8df8cec2066d"/>
     <ds:schemaRef ds:uri="c328b572-f03b-4acd-b63f-9964853c3240"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>1.cet_izmekl</vt:lpstr>
       <vt:lpstr>2.cet_izmekl</vt:lpstr>
       <vt:lpstr>3.cet_izmekl</vt:lpstr>
-      <vt:lpstr>2025_7</vt:lpstr>
+      <vt:lpstr>mājas lapai</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aija Čerikova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>